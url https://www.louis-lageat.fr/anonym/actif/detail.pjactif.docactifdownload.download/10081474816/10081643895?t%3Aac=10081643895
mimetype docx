--- v0 (2025-11-19)
+++ v1 (2026-01-05)
@@ -908,51 +908,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00EC358F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Madame, Monsieur,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23696A32" w14:textId="77777777" w:rsidR="00C724D7" w:rsidRPr="00EC358F" w:rsidRDefault="00C724D7" w:rsidP="00EC358F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E1BB2F8" w14:textId="5E381E71" w:rsidR="00C724D7" w:rsidRPr="00EC358F" w:rsidRDefault="00C724D7" w:rsidP="00EC358F">
+    <w:p w14:paraId="1E1BB2F8" w14:textId="49770C64" w:rsidR="00C724D7" w:rsidRPr="00EC358F" w:rsidRDefault="00C724D7" w:rsidP="00EC358F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC358F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Le présent cahier des charges vous est remis en vue de la présentation d’une offre de reprise </w:t>
       </w:r>
       <w:r w:rsidR="006E60FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
@@ -983,58 +983,58 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EURL BLANC JEREMY, dont </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC358F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">le siège social est situé 86 rue </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EC358F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Liandier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC358F">
+      <w:r w:rsidR="0034558D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> 13008 MARSEILLE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27AD8D6A" w14:textId="77777777" w:rsidR="00C724D7" w:rsidRPr="00EC358F" w:rsidRDefault="00C724D7" w:rsidP="00EC358F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4816F3A0" w14:textId="77777777" w:rsidR="00C724D7" w:rsidRPr="00EC358F" w:rsidRDefault="00C724D7" w:rsidP="00EC358F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC358F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1445,100 +1445,106 @@
       </w:r>
       <w:r w:rsidR="006E60FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>de l’autorisation de stationnement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51924BB3" w14:textId="77777777" w:rsidR="00EC358F" w:rsidRDefault="00EC358F" w:rsidP="00EC358F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="746F0304" w14:textId="77777777" w:rsidR="00EC358F" w:rsidRDefault="00EC358F" w:rsidP="00EC358F">
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="746F0304" w14:textId="7A351565" w:rsidR="00EC358F" w:rsidRPr="0034558D" w:rsidRDefault="00EC358F" w:rsidP="00EC358F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC358F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Les offres doivent être </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC358F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>transmises par écrit</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC358F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">au plus tard le </w:t>
       </w:r>
-      <w:r w:rsidR="000D4EB2" w:rsidRPr="000D4EB2">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="0034558D" w:rsidRPr="0034558D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>5 janvier 2026 à 11h00 (prorogation du DLDO)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D3AD5B" w14:textId="77777777" w:rsidR="00EC358F" w:rsidRDefault="00EC358F" w:rsidP="00EC358F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10AE7479" w14:textId="77777777" w:rsidR="00EC358F" w:rsidRDefault="00EC358F" w:rsidP="00EC358F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -1753,50 +1759,51 @@
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9526" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EBACBE6" w14:textId="77777777" w:rsidR="00025C63" w:rsidRPr="00EC358F" w:rsidRDefault="00025C63" w:rsidP="002D1E61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC358F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Les pièces à joindre</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> à l’offre de reprise</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00025C63" w:rsidRPr="00EC358F" w14:paraId="2C6B901C" w14:textId="77777777" w:rsidTr="002D1E61">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9526" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51A7C634" w14:textId="77777777" w:rsidR="00025C63" w:rsidRPr="00E40A12" w:rsidRDefault="00025C63" w:rsidP="002D1E61">
@@ -2549,50 +2556,51 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E1F7D9B" w14:textId="77777777" w:rsidR="00025C63" w:rsidRPr="00025C63" w:rsidRDefault="00025C63" w:rsidP="00025C63">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00025C63">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">En conséquence, l'offre d'achat engagera le candidat acquéreur sous réserve qu'aucun droit de préemption ou droit de préférence applicable en l'espèce ne soit exercé. L'exercice du droit de préemption ou du droit de préférence, s'il arrive, obligera le vendeur à l'égard du préempteur et rendra la présente caduque, ce que le candidat acquéreur doit reconnaitre expressément, et ce même en cas d'annulation de la préemption ou de renonciation ultérieure, expresse ou tacite, à la décision de préemption de la part du bénéficiaire de celle-ci. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="792295DF" w14:textId="77777777" w:rsidR="00025C63" w:rsidRPr="00025C63" w:rsidRDefault="00025C63" w:rsidP="00025C63">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EDC81CD" w14:textId="77777777" w:rsidR="00025C63" w:rsidRPr="00025C63" w:rsidRDefault="00025C63" w:rsidP="00025C63">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00025C63">
@@ -2656,60 +2664,51 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FD7F84F" w14:textId="77777777" w:rsidR="00025C63" w:rsidRPr="00025C63" w:rsidRDefault="00025C63" w:rsidP="00025C63">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00025C63">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">En outre, le candidat repreneur reconnait avoir pris connaissance des informations contractuelles mises à disposition par le liquidateur judiciaire et faire son affaire personnelle d’une éventuelle négociation des dispositions du bail commercial et de l’ensemble des conventions applicables. Il </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">reconnait enfin que la cession de gré à gré du fonds de commerce interviendra dans le strict respect du bail et de ses avenants et qu’il sera tenu de l’ensembles des clauses contractuelles sauf accord du bailleur. </w:t>
+        <w:t xml:space="preserve">En outre, le candidat repreneur reconnait avoir pris connaissance des informations contractuelles mises à disposition par le liquidateur judiciaire et faire son affaire personnelle d’une éventuelle négociation des dispositions du bail commercial et de l’ensemble des conventions applicables. Il reconnait enfin que la cession de gré à gré du fonds de commerce interviendra dans le strict respect du bail et de ses avenants et qu’il sera tenu de l’ensembles des clauses contractuelles sauf accord du bailleur. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B5DD3ED" w14:textId="77777777" w:rsidR="00025C63" w:rsidRPr="00025C63" w:rsidRDefault="00025C63" w:rsidP="00025C63">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59981425" w14:textId="77777777" w:rsidR="00025C63" w:rsidRPr="00025C63" w:rsidRDefault="00025C63" w:rsidP="00025C63">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00025C63">
         <w:rPr>
@@ -3170,50 +3169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CFD4391" w14:textId="77777777" w:rsidR="00C724D7" w:rsidRPr="00025C63" w:rsidRDefault="00025C63" w:rsidP="00025C63">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00025C63">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A défaut d’acceptation de l’ensemble des conditions énumérées au présent cahier des charges valant offre de reprise, celle-ci fera l’objet d’un avis défavorable du liquidateur judiciaire</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B15E693" w14:textId="2571FC28" w:rsidR="00C724D7" w:rsidRPr="00EC358F" w:rsidRDefault="006E60FE" w:rsidP="00EC358F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1710"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -6521,70 +6521,70 @@
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="30174286" w14:textId="77777777" w:rsidR="00273399" w:rsidRDefault="00273399" w:rsidP="00890261">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="032641FD" w14:textId="77777777" w:rsidR="00273399" w:rsidRDefault="00273399" w:rsidP="00890261">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
-      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+      <v:shapetype w14:anchorId="7AB58198" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:11.8pt;height:11.8pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:11.5pt;height:11.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DDD1CAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17B02C4C"/>
     <w:lvl w:ilvl="0" w:tplc="D9FC4936">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="76" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -8395,51 +8395,51 @@
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1510679491">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1306735709">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="575165682">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="905188587">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1743065942">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2137138469">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
@@ -8513,50 +8513,51 @@
     <w:rsid w:val="002100AA"/>
     <w:rsid w:val="002134D5"/>
     <w:rsid w:val="00217E69"/>
     <w:rsid w:val="00224EC4"/>
     <w:rsid w:val="002264F4"/>
     <w:rsid w:val="00230759"/>
     <w:rsid w:val="00236185"/>
     <w:rsid w:val="002364C1"/>
     <w:rsid w:val="002552AC"/>
     <w:rsid w:val="00260399"/>
     <w:rsid w:val="00273399"/>
     <w:rsid w:val="00285E7A"/>
     <w:rsid w:val="00294AB6"/>
     <w:rsid w:val="00294B19"/>
     <w:rsid w:val="002B21BC"/>
     <w:rsid w:val="002B24EE"/>
     <w:rsid w:val="002B61A5"/>
     <w:rsid w:val="002C74EA"/>
     <w:rsid w:val="002D1F1D"/>
     <w:rsid w:val="002D69A7"/>
     <w:rsid w:val="002F68F6"/>
     <w:rsid w:val="0030210D"/>
     <w:rsid w:val="00320B5B"/>
     <w:rsid w:val="0032590B"/>
     <w:rsid w:val="00334C81"/>
+    <w:rsid w:val="0034558D"/>
     <w:rsid w:val="003537A9"/>
     <w:rsid w:val="00356CAF"/>
     <w:rsid w:val="00357DAE"/>
     <w:rsid w:val="00375320"/>
     <w:rsid w:val="0037625D"/>
     <w:rsid w:val="0038176A"/>
     <w:rsid w:val="00397B5F"/>
     <w:rsid w:val="003A60EA"/>
     <w:rsid w:val="003B3D2C"/>
     <w:rsid w:val="003C17CD"/>
     <w:rsid w:val="003E25E6"/>
     <w:rsid w:val="003E65CC"/>
     <w:rsid w:val="003E7867"/>
     <w:rsid w:val="0042380F"/>
     <w:rsid w:val="004245B5"/>
     <w:rsid w:val="004453E3"/>
     <w:rsid w:val="004618A8"/>
     <w:rsid w:val="004779F4"/>
     <w:rsid w:val="00483B77"/>
     <w:rsid w:val="004A0242"/>
     <w:rsid w:val="004A048C"/>
     <w:rsid w:val="004C6387"/>
     <w:rsid w:val="004D02D0"/>
     <w:rsid w:val="004D3704"/>
     <w:rsid w:val="004F1007"/>
@@ -8599,50 +8600,51 @@
     <w:rsid w:val="0071561A"/>
     <w:rsid w:val="0072011F"/>
     <w:rsid w:val="007217CF"/>
     <w:rsid w:val="00741D03"/>
     <w:rsid w:val="007B1E9F"/>
     <w:rsid w:val="007B4111"/>
     <w:rsid w:val="007B565B"/>
     <w:rsid w:val="007B78BC"/>
     <w:rsid w:val="007B7E26"/>
     <w:rsid w:val="007C0939"/>
     <w:rsid w:val="007C0D72"/>
     <w:rsid w:val="007D3A65"/>
     <w:rsid w:val="007D4DE8"/>
     <w:rsid w:val="007E756D"/>
     <w:rsid w:val="007F00B3"/>
     <w:rsid w:val="007F1901"/>
     <w:rsid w:val="007F75A6"/>
     <w:rsid w:val="0080539B"/>
     <w:rsid w:val="0081004B"/>
     <w:rsid w:val="0081554B"/>
     <w:rsid w:val="008455C4"/>
     <w:rsid w:val="00847250"/>
     <w:rsid w:val="00861B5C"/>
     <w:rsid w:val="00876AD0"/>
     <w:rsid w:val="00885DB8"/>
+    <w:rsid w:val="00885DFF"/>
     <w:rsid w:val="00890261"/>
     <w:rsid w:val="00892D62"/>
     <w:rsid w:val="008A6089"/>
     <w:rsid w:val="008A7DA6"/>
     <w:rsid w:val="008C6F4B"/>
     <w:rsid w:val="008D47A2"/>
     <w:rsid w:val="008E0AA5"/>
     <w:rsid w:val="00903A0E"/>
     <w:rsid w:val="0093576B"/>
     <w:rsid w:val="00952012"/>
     <w:rsid w:val="0095608B"/>
     <w:rsid w:val="0095688B"/>
     <w:rsid w:val="009629CC"/>
     <w:rsid w:val="00995FB5"/>
     <w:rsid w:val="009B37AD"/>
     <w:rsid w:val="009B47B6"/>
     <w:rsid w:val="009C6B00"/>
     <w:rsid w:val="00A13C16"/>
     <w:rsid w:val="00A2179F"/>
     <w:rsid w:val="00A268A0"/>
     <w:rsid w:val="00A30DAD"/>
     <w:rsid w:val="00A3139B"/>
     <w:rsid w:val="00A448A7"/>
     <w:rsid w:val="00A56F67"/>
     <w:rsid w:val="00A64968"/>
@@ -10150,71 +10152,71 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2015/wordml/symex"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2016/wordml/cid"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/webextensions/webextension/2010/11"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/compatibility"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2010/diagram"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2012/main"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2010/picture"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2014/chart/ac"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2014/main"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2016/11/main"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2016/12/diagram"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2016/SVG/main"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2017/decorative"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>10605</Characters>
+  <Pages>11</Pages>
+  <Words>1934</Words>
+  <Characters>10657</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>444</Lines>
+  <Paragraphs>143</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>JEAN PIERRE LOUIS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ETUDE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12508</CharactersWithSpaces>
+  <CharactersWithSpaces>12448</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>JEAN PIERRE LOUIS</dc:title>
   <dc:subject/>
   <dc:creator>MAITRE LOUIS</dc:creator>
   <cp:keywords/>
   <dc:description>PREDEF=RIFLEX</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>